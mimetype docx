--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1360,51 +1360,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">DS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady i rozumie przyczyny wadliwie działających systemów informatycznych, które doprowadziły do poważnych strat finansowych, społecznych lub też do poważnej utraty zdrowia, a nawet życia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>