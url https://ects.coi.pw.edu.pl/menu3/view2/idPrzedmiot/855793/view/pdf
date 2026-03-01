--- v1 (2025-12-27)
+++ v2 (2026-03-01)
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U10, DS_U23</w:t>
+        <w:t xml:space="preserve">DS_U23, DS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność przeprowadzania testów funkcjonalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1360,51 +1360,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">DS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady i rozumie przyczyny wadliwie działających systemów informatycznych, które doprowadziły do poważnych strat finansowych, społecznych lub też do poważnej utraty zdrowia, a nawet życia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>