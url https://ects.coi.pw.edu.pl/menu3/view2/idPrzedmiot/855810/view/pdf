--- v0 (2025-12-27)
+++ v1 (2026-01-13)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W03, M1_W04, M1_W11, M1_W02</w:t>
+        <w:t xml:space="preserve">M1_W02, M1_W03, M1_W04, M1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>