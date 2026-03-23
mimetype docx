--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -923,51 +923,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U02, M1_U03, M1_U05, M1_U10</w:t>
+        <w:t xml:space="preserve">M1_U05, M1_U10, M1_U02, M1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>