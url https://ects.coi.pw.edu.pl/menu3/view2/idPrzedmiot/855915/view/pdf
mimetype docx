--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U04</w:t>
+        <w:t xml:space="preserve">DS2_U16, DS2_U04, DS2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>