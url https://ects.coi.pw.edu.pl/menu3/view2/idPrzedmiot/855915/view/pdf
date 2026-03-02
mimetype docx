--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -917,207 +917,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U21</w:t>
+        <w:t xml:space="preserve">DS2_U16, DS2_U21, DS2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi inicjować, planować i przeprowadzać prace eksperymentalne i analityczne jako kierownik zespołu oraz uczestnik zespołu, odpowiedzialny za dobór metod i technik realizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">DS2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować wyniki przeprowadzonych eksperymentów i wyciągać wnioski, w tym dotyczące jakości modeli</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">DS2_U04, DS2_U15, DS2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>