--- v2 (2026-03-02)
+++ v3 (2026-03-24)
@@ -917,67 +917,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U16, DS2_U21, DS2_U15</w:t>
+        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi inicjować, planować i przeprowadzać prace eksperymentalne i analityczne jako kierownik zespołu oraz uczestnik zespołu, odpowiedzialny za dobór metod i technik realizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>