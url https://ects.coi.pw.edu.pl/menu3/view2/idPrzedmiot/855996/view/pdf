--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wyznaczać przecięcia i sumy rodzin zbiorów, obrazy i przeciwobrazy funkcji, klasy abstrakcji, kresy, moce zbiorów oraz rysować diagramy Hassego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>