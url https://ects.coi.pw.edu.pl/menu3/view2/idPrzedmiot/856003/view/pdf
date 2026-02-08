--- v0 (2026-01-10)
+++ v1 (2026-02-08)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W14, MAD1_W13</w:t>
+        <w:t xml:space="preserve">MAD1_W13, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>