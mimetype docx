--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>