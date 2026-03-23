--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W13, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody i algorytmy wykorzystywane w przetwarzaniu i eksploracji danych oraz przygotowywaniu ich do analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>