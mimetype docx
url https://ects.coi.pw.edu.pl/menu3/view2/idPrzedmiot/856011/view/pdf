--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -784,261 +784,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z teorii miary i całki Lebesgue’a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna aparat form różniczkowych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>