--- v0 (2025-12-03)
+++ v1 (2026-03-24)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PS_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zagadnienia prognozy dla procesów stochastycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>