--- v1 (2026-01-15)
+++ v2 (2026-03-24)
@@ -1104,51 +1104,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1184,51 +1184,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie dokonać krytycznej analizy funkcjonowania istniejących rozwiązań organizacyjnych i technicznych w obiektach zaplecza oraz zaproponować ulepszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>