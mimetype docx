--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwia pisemne w formir zadań: kolokwium i kolokwium poprawkowe </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1190,51 +1190,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać koszty eksploatacyjne i koszty operacyjne w elementach systemów logistycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>