--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -939,51 +939,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08, Tr2A_W01</w:t>
+        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1105,51 +1105,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poszukiwać modyfikacji poznanych algorytmów oraz sposobów doprecyzowania problemu decyzyjnego oraz dodatkowych informacji zmniejszających niepewność decydenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>