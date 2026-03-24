--- v1 (2026-01-08)
+++ v2 (2026-03-24)
@@ -1032,67 +1032,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia: kolokwium zawierające zadania rachunkowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U07, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U11, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać ranking w odniesieniu do obiektów transportowych, potrafi podejmować decyzje oceny projektów z wykorzystaniem optymalizacji wielokryterialnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>