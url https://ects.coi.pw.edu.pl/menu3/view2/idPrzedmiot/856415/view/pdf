--- v0 (2025-12-27)
+++ v1 (2026-01-10)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2 z wykładu, wymagane jest udzielenie pełnych odpowiedzi na nie mniej niż połowę z zadanych pytań oraz ew. sprawdzian poprawkowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>