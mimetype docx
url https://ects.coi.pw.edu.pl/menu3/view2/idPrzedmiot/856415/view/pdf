--- v1 (2026-01-10)
+++ v2 (2026-03-27)
@@ -742,121 +742,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1 z wykładu, wymagane jest udzielenie pełnych odpowiedzi na nie mniej niż połowę z zadanych pytań oraz ew. sprawdzian poprawkowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę o zarządzaniu zapasami grup asortymentów, o zarządzaniu zapasami rozproszonymi oraz rodzajach popytu i planowaniu zapotrzebowania materiałowego, jak również o systemach zamawiania opartych na poziomie informacyjnym i o systemach opartych na przeglądzie okresowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian 2 z wykładu, wymagane jest udzielenie pełnych odpowiedzi na nie mniej niż połowę z zadanych pytań oraz ew. sprawdzian poprawkowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>