--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zajecia laboratoryjne- odpowiedź</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o możlowości stosowania zamienników różnych materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1099,67 +1099,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zajęcia laboratoryjne, sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U18, Tr2A_U09, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozróżnia zanieczyszczenia występujące w produktach naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>