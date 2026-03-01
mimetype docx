--- v0 (2026-01-12)
+++ v1 (2026-03-01)
@@ -764,121 +764,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PNOMLAB_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody podstawowe  badań mikrostruktury i własności mechanicznych materiałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNOMILAB_U1: </w:t>
       </w:r>
     </w:p>