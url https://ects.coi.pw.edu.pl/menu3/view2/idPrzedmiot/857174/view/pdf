--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -834,51 +834,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNOMILAB_U1: </w:t>
       </w:r>
     </w:p>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie 6 tematów laboratoriów na 7 realizowanych. Zaliczenie poszczególnych tematów wymaga zaliczenia sprawdzianu z przygotowania do zajęć oraz zaliczenia sprawozdania z części praktycznej. Obserwacja i ocena umiejętności praktycznych w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNOMILAB_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz analizy zalecanej literatury fachowej lub innych źródeł rozwija - poprzez pracę własną - swoje umiejętności i wiedzę nt. przeprowadzania doświadczeń z zakresu podstaw nauki o materiałach oraz  interpretacji uzyskanych wyników pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>