--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -820,67 +820,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W19, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNOM2 3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe mechanizmy umocnienia materiałów, takie jak: umocnienie roztworowe, umocnienie odkształceniowe, umocnienie granicami ziaren </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -890,51 +890,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W19</w:t>
+        <w:t xml:space="preserve">IM1_W19, IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>