--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -750,191 +750,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W11, IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PNOM2 2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna elementy struktury i mikrostruktury materiałów. Rozumie rolę dyslokacji w materiale oraz zna podstawowe mechanizmy odkształcenia materiałów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PNOM2 2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PNOM2 3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna elementy struktury i mikrostruktury materiałów. Rozumie rolę dyslokacji w materiale oraz zna podstawowe mechanizmy odkształcenia materiałów </w:t>
+        <w:t xml:space="preserve">Zna podstawowe mechanizmy umocnienia materiałów, takie jak: umocnienie roztworowe, umocnienie odkształceniowe, umocnienie granicami ziaren </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IM1_W19, IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>