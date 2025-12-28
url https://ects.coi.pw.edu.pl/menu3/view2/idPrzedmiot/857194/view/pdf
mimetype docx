--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczen laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W13, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM2_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać odpowiednią metodę do charakterystyki różnych typów materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>