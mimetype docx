--- v1 (2025-12-28)
+++ v2 (2026-03-23)
@@ -774,71 +774,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W11, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MBM2_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat badań nieniszczących materiałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W06, IM1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MBM2_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MBM2_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat badań nieniszczących materiałów</w:t>
+        <w:t xml:space="preserve">Zna zależności pomiędzy strukurą materiałów a ich właściwościami elektrycznymi i magnetycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -857,189 +927,189 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MBM2_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MBM2_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zależności pomiędzy strukurą materiałów a ich właściwościami elektrycznymi i magnetycznymi</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą metod obserwacji powierzchni i badania składu chemicznego materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczen laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MBM2_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MBM2_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą metod obserwacji powierzchni i badania składu chemicznego materiałów</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią metodę do charakterystyki różnych typów materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdanie z ćwiczen laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Pozytywna ocena z kolokwium zaliczeniowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM2_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przeprowadzić badania nieniszczące materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -1064,121 +1134,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM2_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zastosować doświadczalne metody badań właściwości elektrycznych i magnetycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>