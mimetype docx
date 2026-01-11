--- v0 (2025-12-28)
+++ v1 (2026-01-11)
@@ -741,67 +741,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena sprawozdania, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W02, IM1_W03</w:t>
+        <w:t xml:space="preserve">IM1_W02, IM1_W03, IM1_W04, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MCIMW_U1: </w:t>
       </w:r>
     </w:p>