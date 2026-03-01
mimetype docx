--- v1 (2026-01-11)
+++ v2 (2026-03-01)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K01, IM1_K03, IM1_K04</w:t>
+        <w:t xml:space="preserve">IM1_K04, IM1_K01, IM1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>