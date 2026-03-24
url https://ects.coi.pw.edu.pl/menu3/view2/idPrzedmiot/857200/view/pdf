--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena sprawozdania, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U03, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U03, IM1_U08, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MCIMW_K1: </w:t>
       </w:r>
     </w:p>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K04, IM1_K01, IM1_K03</w:t>
+        <w:t xml:space="preserve">IM1_K01, IM1_K03, IM1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>