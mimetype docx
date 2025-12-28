--- v0 (2025-12-02)
+++ v1 (2025-12-28)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNML_U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z wykonania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07, IM1_U08, IM1_U09, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U07, IM1_U08, IM1_U09, IM1_U15, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNML_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć prędkość wzrostu pęknięcia zmęczeniowego oraz trwałość zmęczeniową w zakresie zmęczenia niskocyklowego na podstawie dostarczonych wykresów. Na podstawie posiadanej wiedzy i analizy fachowej literatury student umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z wykonania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U07, IM1_U08, IM1_U09, IM1_U15, IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U15, IM1_U01, IM1_U05, IM1_U07, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNML_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>