--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z wykonania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U05, IM1_U07, IM1_U08, IM1_U09, IM1_U15, IM1_U01</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U15, IM1_U01, IM1_U05, IM1_U07, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNML_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć prędkość wzrostu pęknięcia zmęczeniowego oraz trwałość zmęczeniową w zakresie zmęczenia niskocyklowego na podstawie dostarczonych wykresów. Na podstawie posiadanej wiedzy i analizy fachowej literatury student umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z wykonania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U15, IM1_U01, IM1_U05, IM1_U07, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07, IM1_U08, IM1_U09, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNML_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>