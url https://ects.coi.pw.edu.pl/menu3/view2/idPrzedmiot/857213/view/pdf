--- v0 (2025-12-02)
+++ v1 (2026-01-14)
@@ -887,86 +887,156 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena promotora pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować rozwiązanie danego problemu na forum, prowadzić dyskusję z uczestnikami. Przy przygotowywaniu wystąpienia wykorzystuje technologie informacyjno-komunikacyjne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z egzaminu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -986,258 +1056,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+        <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+        <w:t xml:space="preserve">Ocena recenzenta pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U03</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
+        <w:t xml:space="preserve">	prawidłowo uwzględnia aspekty pozatechniczne (ekonomiczne, zdrowotne, prawne, środowiskowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena recenzenta pracy inżynierskiej (formularz)</w:t>
+        <w:t xml:space="preserve">	ocena recenzenta pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie problem procesu dezaktualizacji wiedzy i umiejętności wynikający z zachodzącego postępu cywilizacyjnego. Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie zadania. Prawidłowo identyfikuje i rozstrzyga dylematy związane z wykonywaniem zawodu. Rozumie potrzebę przekazywania społeczeństwu informacji na temat osiągnięć techniki i innych aspektów działalności inżynierskiej w sposób zrozumiały</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>