--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W14, IM1_W03, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę dotyczącą metod odzysku tworzyw sztucznych i metali</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -879,67 +879,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12</w:t>
+        <w:t xml:space="preserve">IM1_W08, IM1_W12, IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K02, IM1_K04, IM1_K05, IM1_K07</w:t>
+        <w:t xml:space="preserve">IM1_K04, IM1_K05, IM1_K07, IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>