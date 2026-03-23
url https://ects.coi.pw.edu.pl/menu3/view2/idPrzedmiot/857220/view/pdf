--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -879,67 +879,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W08, IM1_W12, IM1_W05, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K04, IM1_K05, IM1_K07, IM1_K02</w:t>
+        <w:t xml:space="preserve">IM1_K02, IM1_K04, IM1_K05, IM1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>