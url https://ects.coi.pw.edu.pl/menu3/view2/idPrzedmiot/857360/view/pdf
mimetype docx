--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych i metod ich formowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>