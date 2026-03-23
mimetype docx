--- v1 (2025-12-27)
+++ v2 (2026-03-23)
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U13</w:t>
+        <w:t xml:space="preserve">IM2_U13, IM2_U01, IM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy literatury fachowej student umie dobrać metody pozwalające na tworzenie struktur biomimetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>