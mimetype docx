--- v0 (2025-10-10)
+++ v1 (2025-12-30)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>