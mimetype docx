--- v1 (2025-12-30)
+++ v2 (2026-03-02)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W05, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>