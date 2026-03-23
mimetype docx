--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W05, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U09, K_U11, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U01, K_U09, K_U11, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>