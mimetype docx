--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -760,51 +760,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunkiem zaliczenia wykładów jest zdanie pisemnego kolokwium z całości materiału oraz zaliczenia części ustnej w formie rozmowy z każdym ze studentów. 
 Ocena zintegrowana obejmuje zakres materiału omówionego na wykładach oraz rozumienie zagadnień projektowej organizacji budowlanego procesu inwestycyjnego z zakresu realizowanego w ramach ćwiczeń komputerowych oraz projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W13, IS_W14, IS_W15, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W12, IS_W13, IS_W14, IS_W15, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>