--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -1347,51 +1347,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>