--- v1 (2025-12-29)
+++ v2 (2026-03-01)
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład),
 Przygotowanie projektu i obrona (projekt)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U12, IS_U13, IS_U14, IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U03, IS_U12, IS_U13, IS_U14, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1347,51 +1347,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa (ćwiczenia audytoryjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>