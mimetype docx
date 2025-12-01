--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -918,51 +918,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -982,67 +982,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać nabytą wiedzę do zarządzania finansami przedsiębiorstwa oraz sposobów rozwiązywania jego problemów finansowych. W przedmiotowym zakresie potrafi komunikować się z zespołem i prowadzić dyskusję. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>