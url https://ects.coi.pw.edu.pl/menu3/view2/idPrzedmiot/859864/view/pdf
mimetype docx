--- v1 (2025-12-01)
+++ v2 (2026-02-08)
@@ -918,51 +918,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>