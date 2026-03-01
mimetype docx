--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U11 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>