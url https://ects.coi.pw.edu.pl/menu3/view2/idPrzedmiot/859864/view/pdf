--- v3 (2026-03-01)
+++ v4 (2026-03-23)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę z kategorii, formuł i koncepcji stosowanych w zarządzaniu finansami przedsiębiorstwem oraz sposobów rozwiązywania jego problemów finansowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>