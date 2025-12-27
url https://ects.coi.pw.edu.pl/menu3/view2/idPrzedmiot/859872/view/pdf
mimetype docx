--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W10 , B2_W02 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W10 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna w pogłębionym stopniu metody/technologie odzysku energii w oczyszczalni ścieków oparte na fizycznych i chemicznych procesach konwersji biomasy wtórnej, z uwzględnieniem wymagań aparaturowych oraz uwarunkowań środowiskowych i ekonomicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W08 , B2_W02 , B2_W03 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W08 , B2_W02 , B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08</w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku energii w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>