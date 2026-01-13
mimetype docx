--- v1 (2025-12-27)
+++ v2 (2026-01-13)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W10 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów odzysku energii w oczyszczalni ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W08 , B2_W02 , B2_W03 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku energii w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1270,51 +1270,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>