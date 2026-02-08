--- v2 (2026-01-13)
+++ v3 (2026-02-08)
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin;  Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W06 , B2_W10 , B2_W03 , B2_W04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów odzysku energii w oczyszczalni ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1120,51 +1120,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1190,51 +1190,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1270,51 +1270,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K06 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1340,67 +1340,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K05 , B2_K06 , B2_K01 , B2_K02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do myślenia i działania w sposób przedsiębiorczy, mając na uwadze dobro społeczne oraz edukację ekologiczną społeczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>