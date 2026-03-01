--- v3 (2026-02-08)
+++ v4 (2026-03-01)
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin;  Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W10 , B2_W03 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów odzysku energii w oczyszczalni ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,491 +916,491 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Prezentacja z zajęć projektowych wykonywana w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować specyfikację projektową systemu odzysku energii w oczyszczali ścieków oraz zgodnie z zadaną specyfikacją zaprojektować taki system i porównać go z innymi rozwiązaniami, wskazując jego zalety i ograniczenia oraz możliwości jego ulepszenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin; Prezentacja z zajęć projektowych wykonywana w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach</w:t>
+        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku energii w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować specyfikację projektową systemu odzysku energii w oczyszczali ścieków oraz zgodnie z zadaną specyfikacją zaprojektować taki system i porównać go z innymi rozwiązaniami, wskazując jego zalety i ograniczenia oraz możliwości jego ulepszenia.</w:t>
+        <w:t xml:space="preserve">Potrafi pracować zespołowo realizując określone wydzielone z całości zadanie projektowe, technologiczne i analityczne, rozumiejąc jego wagę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
+        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
+        <w:t xml:space="preserve">Potrafi pracować samodzielnie rozwiązując określone zadanie technologiczne lub projektowe, pogłębiając w razie potrzeby swoją wiedzę w literaturze przedmiotu, a w przypadku trudności w rozwiązaniu problemu zasięgając opinii ekspertów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
+        <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do myślenia i działania w sposób przedsiębiorczy, mając na uwadze dobro społeczne oraz edukację ekologiczną społeczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>