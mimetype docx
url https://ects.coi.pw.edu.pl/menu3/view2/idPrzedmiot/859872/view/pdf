--- v4 (2026-03-01)
+++ v5 (2026-03-24)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W10 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W08 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku energii w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>