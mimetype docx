--- v0 (2025-10-14)
+++ v1 (2026-02-09)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna główne trendy rozwojowe biotechnologii przemysłowej oraz inżynierii środowiska z uwzględnieniem najnowszych procesów separacyjnych w zakresie właściwym dla biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>