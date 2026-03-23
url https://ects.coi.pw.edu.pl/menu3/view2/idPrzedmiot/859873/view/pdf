--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność, oszacowania wartości głównych składników kosztów dla typowych procesów membranowych stosowanych do separacji składników biomasy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>