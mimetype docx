--- v0 (2025-10-10)
+++ v1 (2025-12-03)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna techniki i technologie pozwalające na pozyskanie energii ze źródeł odnawialnych, w szczególności na pozyskanie energii z biomasy i potrafi je ocenić z punktu widzenia widzenia priorytetów biogospodarki i całej gospodarki cyrkularnej. Potrafi planować własny rozwój w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadania projektowego, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować dopowiedzenie metody analizy i oceny możliwości zastosowania odnawialnych źródeł energii w systemach inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,51 +1055,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania alternatywnych źródeł energii dla różnych grup interesariuszy.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>