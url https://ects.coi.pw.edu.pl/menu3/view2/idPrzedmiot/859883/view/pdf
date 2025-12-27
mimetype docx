--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W04 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna techniki i technologie pozwalające na pozyskanie energii ze źródeł odnawialnych, w szczególności na pozyskanie energii z biomasy i potrafi je ocenić z punktu widzenia widzenia priorytetów biogospodarki i całej gospodarki cyrkularnej. Potrafi planować własny rozwój w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować dopowiedzenie metody analizy i oceny możliwości zastosowania odnawialnych źródeł energii w systemach inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>