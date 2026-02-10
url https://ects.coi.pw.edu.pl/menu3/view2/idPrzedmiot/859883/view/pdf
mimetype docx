--- v2 (2025-12-27)
+++ v3 (2026-02-10)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie znaczenie alternatywnych źródeł energii dla biogospodarki i konieczność wdrażania ich w praktyce przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadania projektowego, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1039,67 +1039,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadania projektowego, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U14 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania alternatywnych źródeł energii dla różnych grup interesariuszy.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>