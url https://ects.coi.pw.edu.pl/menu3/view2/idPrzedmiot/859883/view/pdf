--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie znaczenie alternatywnych źródeł energii dla biogospodarki i konieczność wdrażania ich w praktyce przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadania projektowego, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować dopowiedzenie metody analizy i oceny możliwości zastosowania odnawialnych źródeł energii w systemach inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,67 +1039,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadania projektowego, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U14 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania alternatywnych źródeł energii dla różnych grup interesariuszy.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>