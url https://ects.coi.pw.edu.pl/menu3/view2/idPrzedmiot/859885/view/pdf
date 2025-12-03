--- v0 (2025-10-10)
+++ v1 (2025-12-03)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna znaczenie logistyki gospodarki odpadami w biogospodarce, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i tworzenia innowacyjnych rozwiązań w w praktyce przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 , B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>