--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 , B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadanie zaliczeniowe, bezpośrednia rozmowa na temat zadania z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U14 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>