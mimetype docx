--- v2 (2025-12-27)
+++ v3 (2026-02-09)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie znaczenie właściwej logistyki  w systemach gospodarki odpadami,oraz możliwe konsekwencje  społeczno-ekonomiczne związane z oddziaływaniem systemów logistycznych w gospodarce odpadami.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadanie zaliczeniowe, bezpośrednia rozmowa na temat zadania z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U13 , B2_U14 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>