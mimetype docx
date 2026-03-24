--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie znaczenie właściwej logistyki  w systemach gospodarki odpadami,oraz możliwe konsekwencje  społeczno-ekonomiczne związane z oddziaływaniem systemów logistycznych w gospodarce odpadami.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolowium z materiału wykładowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W12 </w:t>
+        <w:t xml:space="preserve">B2_W12 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>