--- v0 (2025-12-01)
+++ v1 (2026-02-09)
@@ -758,427 +758,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W11 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
+        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>