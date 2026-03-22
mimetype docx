--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -828,67 +828,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W11 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1134,51 +1134,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>