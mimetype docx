--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W03 , B2_W06 , B2_W07 , B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -826,51 +826,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ogólną wiedzę teoretyczną na temat chemii polimerów naturalnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>