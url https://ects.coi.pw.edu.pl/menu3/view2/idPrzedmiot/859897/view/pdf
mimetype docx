--- v1 (2025-12-01)
+++ v2 (2025-12-27)
@@ -740,207 +740,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W03 , B2_W06 , B2_W07 , B2_W09 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
+        <w:t xml:space="preserve">Student ma ogólną wiedzę teoretyczną na temat chemii polimerów naturalnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>