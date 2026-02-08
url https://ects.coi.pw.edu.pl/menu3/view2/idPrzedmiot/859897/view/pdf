--- v2 (2025-12-27)
+++ v3 (2026-02-08)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>