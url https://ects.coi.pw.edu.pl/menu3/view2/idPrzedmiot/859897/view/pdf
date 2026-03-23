--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 , B2_W03 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe rodzaje polimerów naturalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>