--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W14, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W08, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>