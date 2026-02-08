--- v1 (2025-12-19)
+++ v2 (2026-02-08)
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W08, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1549,51 +1549,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Ustna dyskusja przed i po zajęciach laboratoryjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K05, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>