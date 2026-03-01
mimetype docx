--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -1399,201 +1399,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U10, IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować układ regulacji dla procesów COW; węzły ciepłownicze centralnego ogrzewania i ciepłej wody użytkowej, obiekty z własnymi źródłami ciepła.</w:t>
+        <w:t xml:space="preserve">Ma świadomość społecznych konsekwencji wyboru i stosowania rozwiązań układów regulacji na zużycie ciepła oraz jakość procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
+        <w:t xml:space="preserve"> Ustna dyskusja przed i po zajęciach laboratoryjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">IS_K05, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>