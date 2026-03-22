--- v3 (2026-03-01)
+++ v4 (2026-03-22)
@@ -1399,51 +1399,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Warunki zaliczenia wykładu - zaliczenie pisemne. Warunki zaliczenia ćwiczeń projektowych - wykonanie projektu układu regulacji dla zadanego procesu COW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U04, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>