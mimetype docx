--- v0 (2025-10-10)
+++ v1 (2026-02-09)
@@ -992,51 +992,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U18, IS_U02, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1066,51 +1066,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>