--- v1 (2026-02-09)
+++ v2 (2026-03-25)
@@ -908,51 +908,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W13, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1066,51 +1066,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>