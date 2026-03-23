--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -736,51 +736,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu, odpowiedź ustna z zakresu ćwiczeń komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W09, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">indywidualne zaliczenie na podstawie odpowiedzi ustnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U17, K_U19, K_U20, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U15, K_U17, K_U19, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>