--- v0 (2025-12-03)
+++ v1 (2026-02-09)
@@ -758,51 +758,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W13</w:t>
+        <w:t xml:space="preserve">K_W07, K_W12, K_W13, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -993,51 +993,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U02, K_U06, K_U11</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U11, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1219,51 +1219,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U11, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U02, K_U06, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>