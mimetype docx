--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -758,51 +758,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12, K_W13, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1219,51 +1219,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U02, K_U06, K_U11</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U11, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>