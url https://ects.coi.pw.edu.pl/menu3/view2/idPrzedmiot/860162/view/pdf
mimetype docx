--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -1219,51 +1219,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U11, K_U18</w:t>
+        <w:t xml:space="preserve">K_U11, K_U18, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>