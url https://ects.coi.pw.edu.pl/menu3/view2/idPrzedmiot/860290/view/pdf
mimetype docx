--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -760,87 +760,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W18, AiR1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, na czym polega nawigacja robota mobilnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK485_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, na czym polega nawigacja robota mobilnego.</w:t>
+        <w:t xml:space="preserve">Student wie, jak buduje się systemy sterowania robotów mobilnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -859,452 +929,382 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK485_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie, jak buduje się systemy sterowania robotów mobilnych.</w:t>
+        <w:t xml:space="preserve">Student zna potencjalne możliwości zastosowania robotów mobilnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK485_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna potencjalne możliwości zastosowania robotów mobilnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaplanować najkrótszą ścieżkę dla robota mobilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK485_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaplanować najkrótszą ścieżkę dla robota mobilnego.</w:t>
+        <w:t xml:space="preserve">Student umie uruchomić i obsługiwać roboty mobilne różnego typu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian</w:t>
+        <w:t xml:space="preserve">Zaliczenie projektu w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U09, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15, AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK485_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uruchomić i obsługiwać roboty mobilne różnego typu.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaprogramować robota mobilnego do wykonania podstawowych zadań ruchowych z użyciem czujników pokładowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie projektu w laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U15, AiR1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK485_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zaprogramować miniaturowego robota mobilnego do ruchu wzdłuż narysowanej na podłożu linii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15, AiR1_U19</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U19, AiR1_U09, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>