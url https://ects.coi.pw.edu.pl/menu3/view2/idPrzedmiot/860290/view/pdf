--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W18, AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>