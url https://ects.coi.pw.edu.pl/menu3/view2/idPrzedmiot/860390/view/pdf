--- v0 (2025-10-16)
+++ v1 (2026-02-08)
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu, pracy końcowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U02, IM2_U05, IM2_U07</w:t>
+        <w:t xml:space="preserve">IM2_U02, IM2_U05, IM2_U07, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>