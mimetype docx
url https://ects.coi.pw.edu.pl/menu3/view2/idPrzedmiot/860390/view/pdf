--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04, IM2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu ochrony własności przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu, pracy końcowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U02, IM2_U05, IM2_U07, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U02, IM2_U05, IM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>