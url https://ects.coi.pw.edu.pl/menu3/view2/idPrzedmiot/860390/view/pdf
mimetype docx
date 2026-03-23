--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04, IM2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu ochrony własności przemysłowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena referatu, ocena pracy semestralnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U11, IM2_U15, IM2_U18</w:t>
+        <w:t xml:space="preserve">IM2_U15, IM2_U18, IM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>