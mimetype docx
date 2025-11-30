--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -1093,67 +1093,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy dyplomowej przez promotora i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U20, IM2_U21, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U19, IM2_U20, IM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>