--- v1 (2025-11-30)
+++ v2 (2025-12-27)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy dyplomowej przez promotora i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U04, IM2_U06</w:t>
+        <w:t xml:space="preserve">IM2_U04, IM2_U06, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi jasno sformułować i zrealizować cele pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_U19, IM2_U20, IM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>