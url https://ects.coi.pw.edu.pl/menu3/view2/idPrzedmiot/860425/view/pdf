--- v2 (2025-12-27)
+++ v3 (2026-02-09)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy dyplomowej przez promotora i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U04, IM2_U06, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U04, IM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi jasno sformułować i zrealizować cele pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy dyplomowej przez promotora i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U05, IM2_U08, IM2_U09</w:t>
+        <w:t xml:space="preserve">IM2_U09, IM2_U05, IM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się różnymi technikami, metodami, narzędziami niezbędnymi do rozwiązania zadanego problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>