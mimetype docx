--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy dyplomowej przez promotora i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U09, IM2_U05, IM2_U08</w:t>
+        <w:t xml:space="preserve">IM2_U05, IM2_U08, IM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się różnymi technikami, metodami, narzędziami niezbędnymi do rozwiązania zadanego problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>