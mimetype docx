--- v1 (2025-12-03)
+++ v2 (2026-03-24)
@@ -803,201 +803,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyjaśnić przyczyny zachodzących zjawisk makroskopowych i związki między parametrami w stanie równowagi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin;  kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12 , K_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">potrafi obliczyć zmiany parametrów towarzyszącym prostym procesom makroskopowym oraz wykorzystać związki pomiędzy parametrami dla równowagi chemicznej i fazowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11 </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U12 , K_U14 </w:t>
+        <w:t xml:space="preserve">K_U11 , K_U14 , K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>