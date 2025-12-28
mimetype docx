--- v0 (2025-10-12)
+++ v1 (2025-12-28)
@@ -2713,50 +2713,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić wpływ na wybrane technologie przemysłowe wynikający z przepisów służących ochronie środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2854,120 +2924,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>