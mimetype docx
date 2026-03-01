--- v1 (2025-12-28)
+++ v2 (2026-03-01)
@@ -1793,121 +1793,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>