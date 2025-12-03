--- v0 (2025-10-12)
+++ v1 (2025-12-03)
@@ -743,50 +743,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę na wybrany temat w ramach kierunku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę na wybrany temat w ramach kierunku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -954,190 +1094,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>