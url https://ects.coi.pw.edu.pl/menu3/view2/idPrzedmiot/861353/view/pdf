--- v1 (2025-12-03)
+++ v2 (2025-12-29)
@@ -743,50 +743,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę na wybrany temat w ramach kierunku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1044,180 +1114,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW127_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada poszerzoną wiedzę na wybrany temat w ramach kierunku.</w:t>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW127_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1243,87 +1313,87 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW127_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu.</w:t>
+        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1383,121 +1453,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW127_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego lub inżynierskiego.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać proste zadanie inżynierskie korzystając z pomocy opiekuna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1524,120 +1594,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>