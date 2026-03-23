--- v2 (2025-12-29)
+++ v3 (2026-03-23)
@@ -1523,121 +1523,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW127_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozwiązać proste zadanie inżynierskie korzystając z pomocy opiekuna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie końcowe oceniane przez prowadzącego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>