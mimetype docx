--- v0 (2025-10-14)
+++ v1 (2026-01-08)
@@ -1214,121 +1214,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi pozyskiwać informacje w zakresie ekonomicznych uwarunkowań działalności inżynierskiej, potrafi je integrować, dokonywać ich interpretacji, a także formułować i uzasadniać opinie																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca własna - przygotowanie biznesplanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>