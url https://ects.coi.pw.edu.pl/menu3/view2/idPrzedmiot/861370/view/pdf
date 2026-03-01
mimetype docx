--- v1 (2026-01-08)
+++ v2 (2026-03-01)
@@ -994,50 +994,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę dotyczącą zarządzania, w tym zarządzania jakością, i prowadzenia działalności gospodarczej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1065,120 +1135,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, praca własna - przygotowanie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W32</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>