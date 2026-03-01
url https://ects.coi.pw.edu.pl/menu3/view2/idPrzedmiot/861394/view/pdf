--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -1178,307 +1178,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólną metodę konstruowania pola potencjalnego przepływu zewnętrznego i rozumie znaczenie fizyczne warunku Kutty-Żukowskiego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK341_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólną metodę konstruowania pola potencjalnego przepływu zewnętrznego i rozumie znaczenie fizyczne warunku Kutty-Żukowskiego.						</w:t>
+        <w:t xml:space="preserve">							Zna podstawy teorii laminarnej warstwy przyściennej w płynie nieściśliwym, zna podstawowe charakterystyki ilościowe przepływu w warstwie przyściennej, zna warunki wystąpienia oderwania.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK341_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy teorii laminarnej warstwy przyściennej w płynie nieściśliwym, zna podstawowe charakterystyki ilościowe przepływu w warstwie przyściennej, zna warunki wystąpienia oderwania.																	</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć parametry ruchu gazu wykorzystując związki termodynamiczne (przedstawione w formie graficznej) oraz odpowiednie formy równania energii.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W06</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK341_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wyznaczyć parametry ruchu gazu wykorzystując związki termodynamiczne (przedstawione w formie graficznej) oraz odpowiednie formy równania energii.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć parametry ruchu gazu wykorzystując związki termodynamiczne (przedstawione w formie graficznej) oraz odpowiednie formy równania energii.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadania obliczeniowe dotyczące wyznaczania ruchu gazu w dyszy zbieżnej i dyszy Lavala oraz ruchu w przewodzie z tarciem lub wymianą ciepła.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK341_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć parametry ruchu gazu wykorzystując związki termodynamiczne (przedstawione w formie graficznej) oraz odpowiednie formy równania energii.						</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadania obliczeniowe dotyczące wyznaczania ruchu gazu w dyszy zbieżnej i dyszy Lavala oraz ruchu w przewodzie z tarciem lub wymianą ciepła.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1497,58 +1707,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK341_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć parametry ruchu gazu wykorzystując związki termodynamiczne (przedstawione w formie graficznej) oraz odpowiednie formy równania energii.						</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadania obliczeniowe dotyczące wyznaczania ruchu gazu w dyszy zbieżnej i dyszy Lavala oraz ruchu w przewodzie z tarciem lub wymianą ciepła.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1567,442 +1777,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK341_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadania obliczeniowe dotyczące wyznaczania ruchu gazu w dyszy zbieżnej i dyszy Lavala oraz ruchu w przewodzie z tarciem lub wymianą ciepła.							</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać najprostsze przypadki jednowymiarowych przepływów niestacjonarnych stosując metodę charakterystyk.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać najprostsze przypadki jednowymiarowych przepływów niestacjonarnych stosując metodę charakterystyk.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać najprostsze przypadki jednowymiarowych przepływów niestacjonarnych stosując metodę charakterystyk.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>