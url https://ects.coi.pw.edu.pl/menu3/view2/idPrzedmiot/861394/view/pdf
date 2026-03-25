--- v1 (2026-03-01)
+++ v2 (2026-03-25)
@@ -1818,50 +1818,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK341_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać najprostsze przypadki jednowymiarowych przepływów niestacjonarnych stosując metodę charakterystyk.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1889,120 +1959,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>