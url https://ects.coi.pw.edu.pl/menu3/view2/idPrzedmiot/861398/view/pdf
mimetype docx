--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -888,105 +888,245 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o zasadach eksploatacji urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1028,561 +1168,421 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...418 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -1598,50 +1598,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1767,496 +2257,846 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2298,891 +3138,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U17</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>