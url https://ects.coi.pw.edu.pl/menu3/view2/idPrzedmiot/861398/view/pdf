--- v1 (2025-12-28)
+++ v2 (2026-03-01)
@@ -888,105 +888,175 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o zasadach eksploatacji urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1028,541 +1098,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
-[...278 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W26</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>