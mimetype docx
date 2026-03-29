--- v2 (2026-03-01)
+++ v3 (2026-03-29)
@@ -1378,211 +1378,211 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...138 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -2298,50 +2298,750 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2439,750 +3139,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>