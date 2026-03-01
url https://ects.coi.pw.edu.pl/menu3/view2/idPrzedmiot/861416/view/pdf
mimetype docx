--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -2433,191 +2433,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2643,331 +2713,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U27</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>