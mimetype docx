--- v0 (2025-10-12)
+++ v1 (2025-12-28)
@@ -777,121 +777,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o różnych systemach sterowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>