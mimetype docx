--- v1 (2025-12-28)
+++ v2 (2026-01-12)
@@ -777,541 +777,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o różnych systemach sterowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS733_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o różnych systemach sterowania.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o protokoły komunikacyjnych, sieciach przewodowych i bezprzewodowych wykorzystaniu różnych mediów transmisyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o istniejącym oprogramowanie DCS, SCADA, HMI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS733_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o protokoły komunikacyjnych, sieciach przewodowych i bezprzewodowych wykorzystaniu różnych mediów transmisyjnych.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o istniejącym oprogramowanie DCS, SCADA, HMI.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o systemach zarządzania bazami danych Oracle, IBM, Microsoft, o bazach i hurtowniach danych oraz ich wykorzystaniu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS733_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o istniejącym oprogramowanie DCS, SCADA, HMI.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o systemach do monitorowania jakości energii elektrycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W09</w:t>
+        <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS733_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS733_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o istniejącym oprogramowanie DCS, SCADA, HMI.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o systemach do monitorowania jakości energii elektrycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium. Ocena pracy studenta przy wykonywaniu ćwiczeń. Ocena wykonania zadanego zadania indywidualnego.</w:t>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W19</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>