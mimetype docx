--- v0 (2026-03-01)
+++ v1 (2026-03-23)
@@ -769,50 +769,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o procesach, zjawiskach zachodzących w relacji marketing rynek z uwzględnieniem specyfiki rynku energetycznego.																																																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W32</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -868,662 +938,592 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o procesach, zjawiskach zachodzących w relacji marketing rynek z uwzględnieniem specyfiki rynku energetycznego.																																																		</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o instrumentach marketingu, zna właściwe metody i narzędzia wykorzystywane w marketingu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących, sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o instrumentach marketingu, zna właściwe metody i narzędzia wykorzystywane w marketingu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących, sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada podstawowa wiedzę na temat poszczególnych etapów wdrażania koncepcji marketingowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o instrumentach marketingu, zna właściwe metody i narzędzia wykorzystywane w marketingu.</w:t>
+        <w:t xml:space="preserve">Student posiada podstawowa wiedzę na temat poszczególnych etapów wdrażania koncepcji marketingowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących, sprawdzian.</w:t>
+        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_W34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o instrumentach marketingu, zna właściwe metody i narzędzia wykorzystywane w marketingu.</w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo obserwować i interpretować zjawiska oraz procesy marketingowe.																																									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących, sprawdzian.</w:t>
+        <w:t xml:space="preserve">Metoda Case Study</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W34</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawowa wiedzę na temat poszczególnych etapów wdrażania koncepcji marketingowej.</w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo obserwować i interpretować zjawiska oraz procesy marketingowe.																																									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
+        <w:t xml:space="preserve">Metoda Case Study</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawowa wiedzę na temat poszczególnych etapów wdrażania koncepcji marketingowej.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk na rynku energetycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Studium przypadków, dyskusja z wykorzystaniem metod aktywizujących.</w:t>
+        <w:t xml:space="preserve">Metoda Case Study.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W34</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK332_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK332_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo obserwować i interpretować zjawiska oraz procesy marketingowe.																																									</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk na rynku energetycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Metoda Case Study</w:t>
+        <w:t xml:space="preserve">Metoda Case Study.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>