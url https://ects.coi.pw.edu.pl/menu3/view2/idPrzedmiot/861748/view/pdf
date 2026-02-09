--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -1743,121 +1743,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować algorytm uczenia dla prostej sieci oraz ocenić jego skuteczność.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>