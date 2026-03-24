--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1603,121 +1603,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zadania techniczne, do rozwiązania których wskazane jest użycie sieci neuronowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>