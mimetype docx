--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów normatywnych składających się na te systemy oraz zasady powoływania się na nie przed organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1028,51 +1028,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
@@ -1092,51 +1092,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompetencja studenta będzie sprawdzana podczas dyskusji na zajęciach na temat omawianych problemów, a także poprzez rozwiązywanie kazusów i innych prac pisemnych oraz w drodze kolokwium zaliczeniowego. Student powinien wykazać się zdolnością samodzielnego formułowania uargumentowanego stanowiska na temat wagi i znaczenia gwarancji instytucjonalnych i proceduralnych w zakresie ochrony podstawowych praw i wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>