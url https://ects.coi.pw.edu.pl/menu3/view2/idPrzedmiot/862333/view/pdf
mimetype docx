--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
+        <w:t xml:space="preserve">K_W03, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów normatywnych składających się na te systemy oraz zasady powoływania się na nie przed organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,185 +958,185 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta będą weryfikowane przy okazji rozwiązywania kazusów i sporządzenia krótkich prac pisemnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
+        <w:t xml:space="preserve">Student rozumie wagę i znaczenie gwarancji instytucjonalnych i proceduralnych z zakresu ochrony podstawowych praw i wolności człowieka. Rozumie potrzebę zapewnienia efektywności polskich organów ochrony, takich jak sądy, Trybunał Konstytucyjny czy Rzecznik Praw Obywatelskich. Umie również ocenić znaczenie członkostwa Rzeczypospolitej Polskiej w międzynarodowych i europejskich systemach ochrony praw człowieka, w szczególności rozumie wagę i znaczenie orzecznictwa Europejskiego Trybunału Praw Człowieka i Trybunału Sprawiedliwości Unii Europejskiej w tej dziedzinie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta będą weryfikowane przy okazji rozwiązywania kazusów i sporządzenia krótkich prac pisemnych. </w:t>
+        <w:t xml:space="preserve">Kompetencja studenta będzie sprawdzana podczas dyskusji na zajęciach na temat omawianych problemów, a także poprzez rozwiązywanie kazusów i innych prac pisemnych oraz w drodze kolokwium zaliczeniowego. Student powinien wykazać się zdolnością samodzielnego formułowania uargumentowanego stanowiska na temat wagi i znaczenia gwarancji instytucjonalnych i proceduralnych w zakresie ochrony podstawowych praw i wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>