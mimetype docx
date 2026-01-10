--- v0 (2025-12-27)
+++ v1 (2026-01-10)
@@ -771,67 +771,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -857,421 +857,421 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi znajdować właściwe informacje dotyczące systemów informacyjnych w literaturze fachowej, bazach danych i innych źródłach (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
+        <w:t xml:space="preserve">Jest gotów do świadomego uczestniczenia w otoczeniu zachodzących zmian w zakresie systemów i usług teleinformatycznych i informacyjnych ze szczególnym uwzględnieniem w administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_K07, K_K10, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków zaniedbań w zakresie wykorzystania przez społeczeństwo publicznie dostępnych usług informacyjnych (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>