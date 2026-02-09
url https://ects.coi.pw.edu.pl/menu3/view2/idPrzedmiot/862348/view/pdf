--- v1 (2026-01-10)
+++ v2 (2026-02-09)
@@ -857,51 +857,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -991,67 +991,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1147,51 +1147,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1211,67 +1211,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K10, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K07, K_K10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków zaniedbań w zakresie wykorzystania przez społeczeństwo publicznie dostępnych usług informacyjnych (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>