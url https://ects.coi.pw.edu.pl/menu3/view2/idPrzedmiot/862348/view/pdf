--- v2 (2026-02-09)
+++ v3 (2026-03-01)
@@ -771,87 +771,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
+        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -862,146 +932,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
+        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1020,178 +1090,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować właściwe informacje dotyczące systemów informacyjnych w literaturze fachowej, bazach danych i innych źródłach (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>