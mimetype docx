--- v3 (2026-03-01)
+++ v4 (2026-03-24)
@@ -771,67 +771,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -927,51 +927,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -991,207 +991,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować właściwe informacje dotyczące systemów informacyjnych w literaturze fachowej, bazach danych i innych źródłach (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>